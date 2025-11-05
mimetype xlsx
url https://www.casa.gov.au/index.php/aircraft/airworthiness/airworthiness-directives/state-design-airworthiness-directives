--- v0 (2025-10-10)
+++ v1 (2025-11-05)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\WILSON_B\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F04E7CB-F50F-4BB2-BC75-D6F607040207}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{30D98FEC-A8EC-4116-92FC-4599DD94F260}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{9AE87BEC-EA34-4BE0-B0BB-DFEE6F91D155}"/>
+    <workbookView xWindow="-18330" yWindow="1995" windowWidth="16710" windowHeight="12930" xr2:uid="{9AE87BEC-EA34-4BE0-B0BB-DFEE6F91D155}"/>
   </bookViews>
   <sheets>
     <sheet name="state of design- manufacturer (" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1747" uniqueCount="457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1763" uniqueCount="461">
   <si>
     <t xml:space="preserve">Aircraft/ Engine/Propeller  Manufacturer </t>
   </si>
   <si>
     <t>State of Design Website</t>
   </si>
   <si>
     <t>SMALL AEROPLANES</t>
   </si>
   <si>
     <t>ITALY</t>
   </si>
   <si>
     <t>EASA</t>
   </si>
   <si>
     <t>FRANCE</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>FAA</t>
   </si>
   <si>
@@ -1392,50 +1392,62 @@
     <t>Lockheed P2V (SP-2H) Series Aeroplanes</t>
   </si>
   <si>
     <t>Mikoyan and Gurevich (MiG 15) Series Aeroplanes</t>
   </si>
   <si>
     <t>Pilatus Aircraft PC-24 Series Aeroplanes</t>
   </si>
   <si>
     <t>Textron Aviation (Beechcraft) (British Aerospace) BAe 125 Series Aeroplanes</t>
   </si>
   <si>
     <t>Schweizer RSG (Sikorsky/Hughes) 269 Series Helicopters</t>
   </si>
   <si>
     <t>Siam Hiller Holdings (Hiller) UH-12 Series Helicopters</t>
   </si>
   <si>
     <t>Pratt and Whitney Turbine Engines - PW1500 and PW1900 Series</t>
   </si>
   <si>
     <t>Administración Nacional de Aviación Civil | Argentina.gob.ar</t>
   </si>
   <si>
     <t>ARGENTINA</t>
+  </si>
+  <si>
+    <t>Airbus Helicopters H160</t>
+  </si>
+  <si>
+    <t>Airbus Canada BD-500</t>
+  </si>
+  <si>
+    <t>Embraer EMB-545/550</t>
+  </si>
+  <si>
+    <t>International Aero Engines LCC (IAE) PW1100/PW1400 Series</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
@@ -1758,6302 +1770,6364 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.caa.gov.il/index.php?option=com_wrapper&amp;view=wrapper&amp;Itemid=172" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://regles.gsac.fr/gsac/ad_cns.nsf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazl.admin.ch/bazl/en/home/specialists/aircraft/airworthiness-directives--ad-/lta-schweizer-produkte.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.caa.gov.il/index.php?option=com_wrapper&amp;view=wrapper&amp;Itemid=172" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.argentina.gob.ar/anac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mlit.go.jp/koku/15_hf_000127.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.argentina.gob.ar/anac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.caa.gov.il/index.php?option=com_wrapper&amp;view=wrapper&amp;Itemid=172" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sistemas.anac.gov.br/certificacao/DA/DAE.asp" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.caa.gov.il/index.php?option=com_wrapper&amp;view=wrapper&amp;Itemid=172" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://regles.gsac.fr/gsac/ad_cns.nsf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.govt.nz/airworthiness-directives/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ad.easa.europa.eu/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazl.admin.ch/bazl/en/home/specialists/aircraft/airworthiness-directives--ad-/lta-schweizer-produkte.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1134242-9B19-479B-9481-487196624E72}">
-  <dimension ref="A1:IV407"/>
+  <dimension ref="A1:IV411"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A101" workbookViewId="0">
-      <selection activeCell="C118" sqref="C118"/>
+    <sheetView tabSelected="1" topLeftCell="A313" workbookViewId="0">
+      <selection activeCell="A354" sqref="A354"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="132.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="88.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="132.81640625" customWidth="1"/>
+    <col min="2" max="2" width="37.453125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="88.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>191</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>190</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>189</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>193</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>194</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>195</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>163</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>196</v>
       </c>
       <c r="B15" t="s">
         <v>5</v>
       </c>
       <c r="C15" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>197</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>198</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>160</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>199</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>200</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>201</v>
       </c>
       <c r="B25" t="s">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>203</v>
       </c>
       <c r="B26" t="s">
         <v>17</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>204</v>
       </c>
       <c r="B27" t="s">
         <v>5</v>
       </c>
       <c r="C27" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>205</v>
       </c>
       <c r="B28" t="s">
         <v>5</v>
       </c>
       <c r="C28" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>206</v>
       </c>
       <c r="B29" t="s">
         <v>5</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>209</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>210</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>211</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>212</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>213</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>214</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>215</v>
       </c>
       <c r="B37" t="s">
         <v>3</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>216</v>
       </c>
       <c r="B38" t="s">
         <v>3</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>217</v>
       </c>
       <c r="B39" t="s">
         <v>3</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>422</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>239</v>
       </c>
       <c r="B41" t="s">
         <v>28</v>
       </c>
       <c r="C41" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>423</v>
       </c>
       <c r="B42" t="s">
         <v>5</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>424</v>
       </c>
       <c r="B43" t="s">
         <v>5</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>425</v>
       </c>
       <c r="B44" t="s">
         <v>5</v>
       </c>
       <c r="C44" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>426</v>
       </c>
       <c r="B45" t="s">
         <v>5</v>
       </c>
       <c r="C45" t="s">
         <v>4</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>427</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>208</v>
       </c>
       <c r="B47" t="s">
         <v>17</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>218</v>
       </c>
       <c r="B48" t="s">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>219</v>
       </c>
       <c r="B49" t="s">
         <v>17</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>220</v>
       </c>
       <c r="B50" t="s">
         <v>17</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>428</v>
       </c>
       <c r="B51" t="s">
         <v>17</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>221</v>
       </c>
       <c r="B52" t="s">
         <v>17</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>222</v>
       </c>
       <c r="B53" t="s">
         <v>17</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>223</v>
       </c>
       <c r="B54" t="s">
         <v>17</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>224</v>
       </c>
       <c r="B55" t="s">
         <v>17</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>225</v>
       </c>
       <c r="B56" t="s">
         <v>17</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>226</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
         <v>14</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>227</v>
       </c>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>230</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>231</v>
       </c>
       <c r="B60" t="s">
         <v>26</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>232</v>
       </c>
       <c r="B61" t="s">
         <v>184</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
       <c r="D61" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>233</v>
       </c>
       <c r="B62" t="s">
         <v>26</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>234</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>69</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>159</v>
       </c>
       <c r="B66" t="s">
         <v>30</v>
       </c>
       <c r="C66" t="s">
         <v>31</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>32</v>
       </c>
       <c r="B67" t="s">
         <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>34</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>241</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>35</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>242</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>36</v>
       </c>
       <c r="B72" t="s">
         <v>37</v>
       </c>
       <c r="C72" t="s">
         <v>38</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>39</v>
       </c>
       <c r="B73" t="s">
         <v>3</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>244</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="75" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>172</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="76" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>245</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="77" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>246</v>
       </c>
       <c r="B77" t="s">
         <v>27</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>248</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>431</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>249</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="81" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>40</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="82" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>41</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="83" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>421</v>
       </c>
       <c r="B83" t="s">
         <v>3</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="84" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>420</v>
       </c>
       <c r="B84" t="s">
         <v>3</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="85" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>334</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="86" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>252</v>
       </c>
       <c r="B86" t="s">
         <v>3</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>253</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="88" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>254</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="89" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>255</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="90" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>256</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="91" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>257</v>
       </c>
       <c r="B91" t="s">
         <v>17</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="92" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>43</v>
       </c>
       <c r="B92" t="s">
         <v>37</v>
       </c>
       <c r="C92" t="s">
         <v>38</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="93" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>44</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="94" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>259</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="95" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>207</v>
       </c>
       <c r="B95" t="s">
         <v>20</v>
       </c>
       <c r="C95" t="s">
         <v>14</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="96" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>263</v>
       </c>
       <c r="B96" t="s">
         <v>3</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="97" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>243</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
         <v>14</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>45</v>
       </c>
       <c r="B98" t="s">
         <v>46</v>
       </c>
       <c r="C98" t="s">
         <v>14</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="99" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>258</v>
       </c>
       <c r="B99" t="s">
         <v>42</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="100" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>47</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>48</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="101" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>265</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>48</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="102" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>433</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>48</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="103" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>266</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>48</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="104" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>188</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="105" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>49</v>
       </c>
       <c r="B105" t="s">
         <v>17</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="106" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>50</v>
       </c>
       <c r="B106" t="s">
         <v>17</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="107" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>268</v>
       </c>
       <c r="B107" t="s">
         <v>3</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="108" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>51</v>
       </c>
       <c r="B108" t="s">
         <v>5</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="109" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>269</v>
       </c>
       <c r="B109" t="s">
         <v>53</v>
       </c>
       <c r="C109" t="s">
         <v>270</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="110" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>52</v>
       </c>
       <c r="B110" t="s">
         <v>53</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="111" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>272</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="112" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>272</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="113" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>54</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="114" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>55</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="115" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>56</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="116" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>57</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="117" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>58</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="118" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>273</v>
       </c>
       <c r="B118" t="s">
         <v>456</v>
       </c>
       <c r="C118" t="s">
         <v>31</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="119" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>59</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="120" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>60</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="121" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>61</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="122" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>62</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="123" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>63</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>64</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="125" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>65</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="126" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>66</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="127" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>67</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="128" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>68</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="129" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>434</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>435</v>
       </c>
       <c r="C129" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="130" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>274</v>
       </c>
       <c r="B130" t="s">
         <v>69</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="131" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>240</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="132" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>236</v>
       </c>
       <c r="B132" t="s">
         <v>27</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="133" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>237</v>
       </c>
       <c r="B133" t="s">
         <v>27</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="134" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>70</v>
       </c>
       <c r="B134" t="s">
         <v>71</v>
       </c>
       <c r="C134" t="s">
         <v>14</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="135" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>275</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="136" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>276</v>
       </c>
       <c r="B136" t="s">
         <v>72</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="137" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>264</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="138" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>277</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="139" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>73</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>14</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="140" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>192</v>
       </c>
       <c r="B140" t="s">
         <v>5</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="141" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>278</v>
       </c>
       <c r="B141" t="s">
         <v>74</v>
       </c>
       <c r="C141" t="s">
         <v>75</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="142" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>77</v>
       </c>
       <c r="B142" t="s">
         <v>78</v>
       </c>
       <c r="C142" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="143" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>79</v>
       </c>
       <c r="B143" t="s">
         <v>80</v>
       </c>
       <c r="C143" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="144" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>187</v>
       </c>
       <c r="B144" t="s">
         <v>5</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="145" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>436</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="146" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>81</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="147" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>279</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="148" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>280</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="149" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>281</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="150" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>282</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="151" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>283</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="152" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>284</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="153" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>285</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="154" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>286</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="155" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>287</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="156" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>288</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="157" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>289</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="158" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>290</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="159" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>291</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="160" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>292</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="161" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>293</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="162" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>294</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
         <v>7</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="163" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>295</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="164" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>296</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="165" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>297</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
         <v>7</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="166" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>298</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="167" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>299</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="168" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>300</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="169" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>301</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="170" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>302</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="171" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>303</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="172" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>304</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="173" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>305</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
         <v>7</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="174" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>306</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="175" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>307</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>7</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="176" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>308</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
         <v>7</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="177" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>309</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
         <v>7</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="178" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>310</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="179" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>311</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="180" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>312</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="181" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>313</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="182" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>314</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="183" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>315</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="184" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>316</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="185" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>202</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="186" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>250</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="187" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>251</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="188" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>317</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="189" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>318</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="190" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>319</v>
       </c>
       <c r="B190" t="s">
         <v>78</v>
       </c>
       <c r="C190" t="s">
         <v>14</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="191" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>82</v>
       </c>
       <c r="B191" t="s">
         <v>17</v>
       </c>
       <c r="C191" t="s">
         <v>18</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="192" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>228</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="193" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>229</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="194" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>267</v>
       </c>
       <c r="B194" t="s">
         <v>3</v>
       </c>
       <c r="C194" t="s">
         <v>4</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="195" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>247</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
         <v>7</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="196" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>83</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="197" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>429</v>
       </c>
       <c r="B197" t="s">
         <v>430</v>
       </c>
       <c r="C197" t="s">
         <v>31</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="198" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>260</v>
       </c>
       <c r="B198" t="s">
         <v>386</v>
       </c>
       <c r="C198" t="s">
         <v>4</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="199" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>261</v>
       </c>
       <c r="B199" t="s">
         <v>386</v>
       </c>
       <c r="C199" t="s">
         <v>4</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="200" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>262</v>
       </c>
       <c r="B200" t="s">
         <v>386</v>
       </c>
       <c r="C200" t="s">
         <v>4</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="202" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="204" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>320</v>
       </c>
       <c r="B204" t="s">
         <v>27</v>
       </c>
       <c r="C204" t="s">
         <v>4</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="205" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>85</v>
       </c>
       <c r="B205" t="s">
         <v>5</v>
       </c>
       <c r="C205" t="s">
         <v>4</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="206" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>86</v>
       </c>
       <c r="B206" t="s">
         <v>5</v>
       </c>
       <c r="C206" t="s">
         <v>4</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="207" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>87</v>
       </c>
       <c r="B207" t="s">
         <v>5</v>
       </c>
       <c r="C207" t="s">
         <v>4</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="208" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
+        <v>458</v>
+      </c>
+      <c r="B208" t="s">
+        <v>24</v>
+      </c>
+      <c r="C208" t="s">
+        <v>25</v>
+      </c>
+      <c r="D208" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
         <v>437</v>
       </c>
-      <c r="B208" s="4" t="s">
+      <c r="B209" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="C208" s="4" t="s">
-[...7 lines deleted...]
-      <c r="A209" t="s">
+      <c r="C209" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D209" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
         <v>321</v>
       </c>
-      <c r="B209" t="s">
-[...10 lines deleted...]
-      <c r="A210" t="s">
+      <c r="B210" t="s">
+        <v>8</v>
+      </c>
+      <c r="C210" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
         <v>88</v>
-      </c>
-[...12 lines deleted...]
-        <v>161</v>
       </c>
       <c r="B211" t="s">
         <v>5</v>
       </c>
       <c r="C211" t="s">
         <v>4</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="212" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
+        <v>161</v>
+      </c>
+      <c r="B212" t="s">
+        <v>5</v>
+      </c>
+      <c r="C212" t="s">
+        <v>4</v>
+      </c>
+      <c r="D212" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
         <v>322</v>
-      </c>
-[...12 lines deleted...]
-        <v>323</v>
       </c>
       <c r="B213" t="s">
         <v>17</v>
       </c>
       <c r="C213" t="s">
         <v>18</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="214" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
+        <v>323</v>
+      </c>
+      <c r="B214" t="s">
+        <v>17</v>
+      </c>
+      <c r="C214" t="s">
+        <v>18</v>
+      </c>
+      <c r="D214" s="3" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
         <v>89</v>
       </c>
-      <c r="B214" t="s">
-[...10 lines deleted...]
-      <c r="A215" t="s">
+      <c r="B215" t="s">
+        <v>8</v>
+      </c>
+      <c r="C215" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
         <v>90</v>
       </c>
-      <c r="B215" t="s">
-[...10 lines deleted...]
-      <c r="A216" t="s">
+      <c r="B216" t="s">
+        <v>8</v>
+      </c>
+      <c r="C216" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
         <v>91</v>
       </c>
-      <c r="B216" t="s">
-[...10 lines deleted...]
-      <c r="A217" t="s">
+      <c r="B217" t="s">
+        <v>8</v>
+      </c>
+      <c r="C217" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
         <v>92</v>
       </c>
-      <c r="B217" t="s">
-[...10 lines deleted...]
-      <c r="A218" t="s">
+      <c r="B218" t="s">
+        <v>8</v>
+      </c>
+      <c r="C218" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
         <v>183</v>
       </c>
-      <c r="B218" t="s">
-[...10 lines deleted...]
-      <c r="A219" t="s">
+      <c r="B219" t="s">
+        <v>8</v>
+      </c>
+      <c r="C219" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
         <v>93</v>
       </c>
-      <c r="B219" t="s">
-[...10 lines deleted...]
-      <c r="A220" t="s">
+      <c r="B220" t="s">
+        <v>8</v>
+      </c>
+      <c r="C220" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
         <v>94</v>
       </c>
-      <c r="B220" t="s">
-[...10 lines deleted...]
-      <c r="A221" t="s">
+      <c r="B221" t="s">
+        <v>8</v>
+      </c>
+      <c r="C221" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
         <v>164</v>
       </c>
-      <c r="B221" t="s">
-[...10 lines deleted...]
-      <c r="A222" t="s">
+      <c r="B222" t="s">
+        <v>8</v>
+      </c>
+      <c r="C222" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
         <v>327</v>
       </c>
-      <c r="B222" t="s">
-[...10 lines deleted...]
-      <c r="A223" t="s">
+      <c r="B223" t="s">
+        <v>8</v>
+      </c>
+      <c r="C223" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
         <v>95</v>
-      </c>
-[...12 lines deleted...]
-        <v>438</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="225" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
+        <v>438</v>
+      </c>
+      <c r="B225" t="s">
+        <v>24</v>
+      </c>
+      <c r="C225" t="s">
+        <v>25</v>
+      </c>
+      <c r="D225" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
         <v>96</v>
       </c>
-      <c r="B225" t="s">
+      <c r="B226" t="s">
         <v>17</v>
       </c>
-      <c r="C225" t="s">
+      <c r="C226" t="s">
         <v>18</v>
       </c>
-      <c r="D225" s="3" t="s">
+      <c r="D226" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="226" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A226" t="s">
+    <row r="227" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
         <v>165</v>
-      </c>
-[...12 lines deleted...]
-        <v>440</v>
       </c>
       <c r="B227" t="s">
         <v>5</v>
       </c>
       <c r="C227" t="s">
         <v>4</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="228" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B228" t="s">
         <v>5</v>
       </c>
       <c r="C228" t="s">
         <v>4</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="229" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>98</v>
+        <v>441</v>
       </c>
       <c r="B229" t="s">
         <v>5</v>
       </c>
       <c r="C229" t="s">
         <v>4</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="230" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
+        <v>98</v>
+      </c>
+      <c r="B230" t="s">
+        <v>5</v>
+      </c>
+      <c r="C230" t="s">
+        <v>4</v>
+      </c>
+      <c r="D230" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
         <v>439</v>
       </c>
-      <c r="B230" s="4" t="s">
+      <c r="B231" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C230" t="s">
+      <c r="C231" t="s">
         <v>25</v>
       </c>
-      <c r="D230" s="3" t="s">
+      <c r="D231" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="231" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A231" t="s">
+    <row r="232" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
         <v>333</v>
       </c>
-      <c r="B231" t="s">
+      <c r="B232" t="s">
         <v>30</v>
       </c>
-      <c r="C231" t="s">
+      <c r="C232" t="s">
         <v>31</v>
       </c>
-      <c r="D231" s="3" t="s">
+      <c r="D232" s="3" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="232" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A232" t="s">
+    <row r="233" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>459</v>
+      </c>
+      <c r="B233" t="s">
+        <v>30</v>
+      </c>
+      <c r="C233" t="s">
+        <v>31</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
         <v>335</v>
-      </c>
-[...26 lines deleted...]
-        <v>337</v>
       </c>
       <c r="B234" t="s">
         <v>99</v>
       </c>
       <c r="C234" t="s">
         <v>4</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="235" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B235" t="s">
         <v>99</v>
       </c>
       <c r="C235" t="s">
         <v>4</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="236" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
+        <v>337</v>
+      </c>
+      <c r="B236" t="s">
+        <v>99</v>
+      </c>
+      <c r="C236" t="s">
+        <v>4</v>
+      </c>
+      <c r="D236" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>338</v>
+      </c>
+      <c r="B237" t="s">
+        <v>99</v>
+      </c>
+      <c r="C237" t="s">
+        <v>4</v>
+      </c>
+      <c r="D237" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
         <v>446</v>
       </c>
-      <c r="B236" t="s">
+      <c r="B238" t="s">
         <v>100</v>
       </c>
-      <c r="C236" t="s">
+      <c r="C238" t="s">
         <v>101</v>
       </c>
-      <c r="D236" s="3" t="s">
+      <c r="D238" s="3" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="237" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A237" t="s">
+    <row r="239" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
         <v>340</v>
       </c>
-      <c r="B237" t="s">
-[...10 lines deleted...]
-      <c r="A238" t="s">
+      <c r="B239" t="s">
+        <v>8</v>
+      </c>
+      <c r="C239" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
         <v>341</v>
       </c>
-      <c r="B238" t="s">
-[...10 lines deleted...]
-      <c r="A239" t="s">
+      <c r="B240" t="s">
+        <v>8</v>
+      </c>
+      <c r="C240" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
         <v>342</v>
       </c>
-      <c r="B239" t="s">
+      <c r="B241" t="s">
         <v>100</v>
       </c>
-      <c r="C239" t="s">
+      <c r="C241" t="s">
         <v>101</v>
       </c>
-      <c r="D239" s="3" t="s">
+      <c r="D241" s="3" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="240" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A240" t="s">
+    <row r="242" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
         <v>447</v>
       </c>
-      <c r="B240" t="s">
-[...10 lines deleted...]
-      <c r="A241" t="s">
+      <c r="B242" t="s">
+        <v>8</v>
+      </c>
+      <c r="C242" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
         <v>343</v>
       </c>
-      <c r="B241" t="s">
-[...10 lines deleted...]
-      <c r="A242" t="s">
+      <c r="B243" t="s">
+        <v>8</v>
+      </c>
+      <c r="C243" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
         <v>339</v>
       </c>
-      <c r="B242" t="s">
-[...10 lines deleted...]
-      <c r="A243" t="s">
+      <c r="B244" t="s">
+        <v>8</v>
+      </c>
+      <c r="C244" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
         <v>102</v>
       </c>
-      <c r="B243" t="s">
-[...10 lines deleted...]
-      <c r="A244" t="s">
+      <c r="B245" t="s">
+        <v>8</v>
+      </c>
+      <c r="C245" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
         <v>103</v>
       </c>
-      <c r="B244" t="s">
-[...10 lines deleted...]
-      <c r="A245" t="s">
+      <c r="B246" t="s">
+        <v>8</v>
+      </c>
+      <c r="C246" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
         <v>344</v>
       </c>
-      <c r="B245" t="s">
-[...10 lines deleted...]
-      <c r="A246" t="s">
+      <c r="B247" t="s">
+        <v>8</v>
+      </c>
+      <c r="C247" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
         <v>448</v>
       </c>
-      <c r="B246" t="s">
-[...10 lines deleted...]
-      <c r="A247" t="s">
+      <c r="B248" t="s">
+        <v>8</v>
+      </c>
+      <c r="C248" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
         <v>334</v>
       </c>
-      <c r="B247" t="s">
-[...10 lines deleted...]
-      <c r="A248" t="s">
+      <c r="B249" t="s">
+        <v>8</v>
+      </c>
+      <c r="C249" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
         <v>449</v>
       </c>
-      <c r="B248" t="s">
+      <c r="B250" t="s">
         <v>104</v>
       </c>
-      <c r="C248" t="s">
+      <c r="C250" t="s">
         <v>14</v>
       </c>
-      <c r="D248" s="3" t="s">
+      <c r="D250" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="249" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A249" t="s">
+    <row r="251" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
         <v>450</v>
       </c>
-      <c r="B249" s="4" t="s">
+      <c r="B251" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C249" t="s">
-[...7 lines deleted...]
-      <c r="A250" t="s">
+      <c r="C251" t="s">
+        <v>4</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
         <v>345</v>
       </c>
-      <c r="B250" t="s">
+      <c r="B252" t="s">
         <v>72</v>
       </c>
-      <c r="C250" t="s">
-[...7 lines deleted...]
-      <c r="A251" t="s">
+      <c r="C252" t="s">
+        <v>4</v>
+      </c>
+      <c r="D252" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
         <v>324</v>
       </c>
-      <c r="B251" t="s">
-[...10 lines deleted...]
-      <c r="A252" t="s">
+      <c r="B253" t="s">
+        <v>8</v>
+      </c>
+      <c r="C253" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
         <v>325</v>
       </c>
-      <c r="B252" t="s">
-[...10 lines deleted...]
-      <c r="A253" t="s">
+      <c r="B254" t="s">
+        <v>8</v>
+      </c>
+      <c r="C254" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
         <v>326</v>
       </c>
-      <c r="B253" t="s">
-[...10 lines deleted...]
-      <c r="A254" t="s">
+      <c r="B255" t="s">
+        <v>8</v>
+      </c>
+      <c r="C255" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
         <v>451</v>
       </c>
-      <c r="B254" t="s">
-[...10 lines deleted...]
-      <c r="A255" t="s">
+      <c r="B256" t="s">
+        <v>8</v>
+      </c>
+      <c r="C256" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
         <v>328</v>
       </c>
-      <c r="B255" t="s">
-[...10 lines deleted...]
-      <c r="A256" t="s">
+      <c r="B257" t="s">
+        <v>8</v>
+      </c>
+      <c r="C257" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
         <v>329</v>
       </c>
-      <c r="B256" t="s">
-[...10 lines deleted...]
-      <c r="A257" t="s">
+      <c r="B258" t="s">
+        <v>8</v>
+      </c>
+      <c r="C258" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
         <v>330</v>
       </c>
-      <c r="B257" t="s">
-[...10 lines deleted...]
-      <c r="A258" t="s">
+      <c r="B259" t="s">
+        <v>8</v>
+      </c>
+      <c r="C259" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
         <v>331</v>
       </c>
-      <c r="B258" t="s">
-[...10 lines deleted...]
-      <c r="A259" t="s">
+      <c r="B260" t="s">
+        <v>8</v>
+      </c>
+      <c r="C260" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
         <v>332</v>
       </c>
-      <c r="B259" t="s">
-[...10 lines deleted...]
-      <c r="A260" t="s">
+      <c r="B261" t="s">
+        <v>8</v>
+      </c>
+      <c r="C261" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
         <v>173</v>
       </c>
-      <c r="B260" t="s">
+      <c r="B262" t="s">
         <v>24</v>
       </c>
-      <c r="C260" t="s">
+      <c r="C262" t="s">
         <v>25</v>
       </c>
-      <c r="D260" s="3" t="s">
+      <c r="D262" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="261" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A261" t="s">
+    <row r="263" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
         <v>442</v>
-      </c>
-[...26 lines deleted...]
-        <v>444</v>
       </c>
       <c r="B263" t="s">
         <v>30</v>
       </c>
       <c r="C263" t="s">
         <v>31</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="264" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="264" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B264" t="s">
         <v>30</v>
       </c>
       <c r="C264" t="s">
         <v>31</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="266" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A266" s="1" t="s">
+    <row r="265" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>444</v>
+      </c>
+      <c r="B265" t="s">
+        <v>30</v>
+      </c>
+      <c r="C265" t="s">
+        <v>31</v>
+      </c>
+      <c r="D265" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>445</v>
+      </c>
+      <c r="B266" t="s">
+        <v>30</v>
+      </c>
+      <c r="C266" t="s">
+        <v>31</v>
+      </c>
+      <c r="D266" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A268" s="1" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="268" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A268" t="s">
+    <row r="270" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
         <v>106</v>
       </c>
-      <c r="B268" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="B270" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C270" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:4" x14ac:dyDescent="0.2">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>353</v>
+        <v>457</v>
       </c>
       <c r="B271" t="s">
         <v>5</v>
       </c>
       <c r="C271" t="s">
         <v>4</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="272" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="272" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B272" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C272" t="s">
         <v>4</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="273" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="273" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B273" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C273" t="s">
         <v>4</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="274" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="274" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B274" t="s">
         <v>5</v>
       </c>
       <c r="C274" t="s">
         <v>4</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="275" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="275" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="B275" t="s">
         <v>27</v>
       </c>
       <c r="C275" t="s">
         <v>4</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="276" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="276" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B276" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C276" t="s">
         <v>4</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="277" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="277" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B277" t="s">
         <v>5</v>
       </c>
       <c r="C277" t="s">
         <v>4</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="278" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="278" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
+        <v>357</v>
+      </c>
+      <c r="B278" t="s">
+        <v>27</v>
+      </c>
+      <c r="C278" t="s">
+        <v>4</v>
+      </c>
+      <c r="D278" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>358</v>
+      </c>
+      <c r="B279" t="s">
+        <v>5</v>
+      </c>
+      <c r="C279" t="s">
+        <v>4</v>
+      </c>
+      <c r="D279" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>359</v>
+      </c>
+      <c r="B280" t="s">
+        <v>5</v>
+      </c>
+      <c r="C280" t="s">
+        <v>4</v>
+      </c>
+      <c r="D280" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
         <v>360</v>
       </c>
-      <c r="B278" t="s">
+      <c r="B281" t="s">
         <v>5</v>
       </c>
-      <c r="C278" t="s">
-[...7 lines deleted...]
-      <c r="A279" t="s">
+      <c r="C281" t="s">
+        <v>4</v>
+      </c>
+      <c r="D281" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
         <v>107</v>
       </c>
-      <c r="B279" t="s">
-[...10 lines deleted...]
-      <c r="A280" t="s">
+      <c r="B282" t="s">
+        <v>8</v>
+      </c>
+      <c r="C282" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
         <v>108</v>
       </c>
-      <c r="B280" t="s">
-[...10 lines deleted...]
-      <c r="A281" t="s">
+      <c r="B283" t="s">
+        <v>8</v>
+      </c>
+      <c r="C283" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
         <v>362</v>
       </c>
-      <c r="B281" t="s">
+      <c r="B284" t="s">
         <v>24</v>
       </c>
-      <c r="C281" t="s">
+      <c r="C284" t="s">
         <v>25</v>
       </c>
-      <c r="D281" s="3" t="s">
+      <c r="D284" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="282" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A282" t="s">
+    <row r="285" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
         <v>363</v>
       </c>
-      <c r="B282" t="s">
-[...10 lines deleted...]
-      <c r="A283" t="s">
+      <c r="B285" t="s">
+        <v>8</v>
+      </c>
+      <c r="C285" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
         <v>109</v>
       </c>
-      <c r="B283" t="s">
-[...10 lines deleted...]
-      <c r="A284" t="s">
+      <c r="B286" t="s">
+        <v>8</v>
+      </c>
+      <c r="C286" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
         <v>364</v>
       </c>
-      <c r="B284" t="s">
-[...10 lines deleted...]
-      <c r="A285" t="s">
+      <c r="B287" t="s">
+        <v>8</v>
+      </c>
+      <c r="C287" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
         <v>167</v>
-      </c>
-[...40 lines deleted...]
-        <v>170</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="289" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="289" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="290" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="290" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
+        <v>365</v>
+      </c>
+      <c r="B290" t="s">
+        <v>168</v>
+      </c>
+      <c r="C290" t="s">
+        <v>169</v>
+      </c>
+      <c r="D290" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>170</v>
+      </c>
+      <c r="B291" t="s">
+        <v>24</v>
+      </c>
+      <c r="C291" t="s">
+        <v>25</v>
+      </c>
+      <c r="D291" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>171</v>
+      </c>
+      <c r="B292" t="s">
+        <v>24</v>
+      </c>
+      <c r="C292" t="s">
+        <v>25</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
         <v>366</v>
       </c>
-      <c r="B290" t="s">
+      <c r="B293" t="s">
         <v>24</v>
       </c>
-      <c r="C290" t="s">
+      <c r="C293" t="s">
         <v>25</v>
       </c>
-      <c r="D290" s="3" t="s">
+      <c r="D293" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="291" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A291" t="s">
+    <row r="294" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
         <v>367</v>
       </c>
-      <c r="B291" t="s">
-[...10 lines deleted...]
-      <c r="A292" t="s">
+      <c r="B294" t="s">
+        <v>8</v>
+      </c>
+      <c r="C294" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
         <v>368</v>
       </c>
-      <c r="B292" t="s">
-[...10 lines deleted...]
-      <c r="A293" t="s">
+      <c r="B295" t="s">
+        <v>8</v>
+      </c>
+      <c r="C295" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
         <v>369</v>
       </c>
-      <c r="B293" t="s">
-[...10 lines deleted...]
-      <c r="A294" t="s">
+      <c r="B296" t="s">
+        <v>8</v>
+      </c>
+      <c r="C296" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
         <v>370</v>
       </c>
-      <c r="B294" t="s">
+      <c r="B297" t="s">
         <v>5</v>
       </c>
-      <c r="C294" t="s">
-[...7 lines deleted...]
-      <c r="A295" t="s">
+      <c r="C297" t="s">
+        <v>4</v>
+      </c>
+      <c r="D297" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
         <v>111</v>
       </c>
-      <c r="B295" t="s">
+      <c r="B298" t="s">
         <v>37</v>
       </c>
-      <c r="C295" t="s">
+      <c r="C298" t="s">
         <v>38</v>
       </c>
-      <c r="D295" s="3" t="s">
+      <c r="D298" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="296" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A296" t="s">
+    <row r="299" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
         <v>346</v>
-      </c>
-[...40 lines deleted...]
-        <v>349</v>
       </c>
       <c r="B299" t="s">
         <v>3</v>
       </c>
       <c r="C299" t="s">
         <v>4</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="300" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="300" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B300" t="s">
         <v>3</v>
       </c>
       <c r="C300" t="s">
         <v>4</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="301" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="301" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
+        <v>348</v>
+      </c>
+      <c r="B301" t="s">
+        <v>3</v>
+      </c>
+      <c r="C301" t="s">
+        <v>4</v>
+      </c>
+      <c r="D301" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>349</v>
+      </c>
+      <c r="B302" t="s">
+        <v>3</v>
+      </c>
+      <c r="C302" t="s">
+        <v>4</v>
+      </c>
+      <c r="D302" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>350</v>
+      </c>
+      <c r="B303" t="s">
+        <v>3</v>
+      </c>
+      <c r="C303" t="s">
+        <v>4</v>
+      </c>
+      <c r="D303" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
         <v>371</v>
       </c>
-      <c r="B301" t="s">
-[...10 lines deleted...]
-      <c r="A302" t="s">
+      <c r="B304" t="s">
+        <v>8</v>
+      </c>
+      <c r="C304" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
         <v>372</v>
       </c>
-      <c r="B302" t="s">
-[...10 lines deleted...]
-      <c r="A303" t="s">
+      <c r="B305" t="s">
+        <v>8</v>
+      </c>
+      <c r="C305" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
         <v>373</v>
       </c>
-      <c r="B303" t="s">
-[...10 lines deleted...]
-      <c r="A304" t="s">
+      <c r="B306" t="s">
+        <v>8</v>
+      </c>
+      <c r="C306" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
         <v>374</v>
       </c>
-      <c r="B304" t="s">
-[...10 lines deleted...]
-      <c r="A305" t="s">
+      <c r="B307" t="s">
+        <v>8</v>
+      </c>
+      <c r="C307" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
         <v>375</v>
       </c>
-      <c r="B305" t="s">
-[...10 lines deleted...]
-      <c r="A306" t="s">
+      <c r="B308" t="s">
+        <v>8</v>
+      </c>
+      <c r="C308" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
         <v>452</v>
       </c>
-      <c r="B306" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A307" t="s">
+      <c r="B309" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C309" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
         <v>361</v>
       </c>
-      <c r="B307" t="s">
-[...10 lines deleted...]
-      <c r="A308" t="s">
+      <c r="B310" t="s">
+        <v>8</v>
+      </c>
+      <c r="C310" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
         <v>453</v>
       </c>
-      <c r="B308" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A309" t="s">
+      <c r="B311" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C311" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
         <v>376</v>
       </c>
-      <c r="B309" t="s">
-[...10 lines deleted...]
-      <c r="A310" t="s">
+      <c r="B312" t="s">
+        <v>8</v>
+      </c>
+      <c r="C312" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
         <v>377</v>
       </c>
-      <c r="B310" t="s">
-[...10 lines deleted...]
-      <c r="A311" t="s">
+      <c r="B313" t="s">
+        <v>8</v>
+      </c>
+      <c r="C313" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
         <v>378</v>
       </c>
-      <c r="B311" t="s">
+      <c r="B314" t="s">
         <v>17</v>
       </c>
-      <c r="C311" t="s">
+      <c r="C314" t="s">
         <v>18</v>
       </c>
-      <c r="D311" s="3" t="s">
+      <c r="D314" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="313" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A313" s="1" t="s">
+    <row r="316" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A316" s="1" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="315" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A315" t="s">
+    <row r="318" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
         <v>379</v>
       </c>
-      <c r="B315" t="s">
+      <c r="B318" t="s">
         <v>26</v>
       </c>
-      <c r="C315" t="s">
-[...7 lines deleted...]
-      <c r="A316" t="s">
+      <c r="C318" t="s">
+        <v>4</v>
+      </c>
+      <c r="D318" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
         <v>380</v>
       </c>
-      <c r="B316" t="s">
+      <c r="B319" t="s">
         <v>13</v>
       </c>
-      <c r="C316" t="s">
+      <c r="C319" t="s">
         <v>14</v>
       </c>
-      <c r="D316" s="3" t="s">
+      <c r="D319" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="317" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A317" t="s">
+    <row r="320" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
         <v>381</v>
       </c>
-      <c r="B317" t="s">
+      <c r="B320" t="s">
         <v>26</v>
       </c>
-      <c r="C317" t="s">
-[...7 lines deleted...]
-      <c r="A318" t="s">
+      <c r="C320" t="s">
+        <v>4</v>
+      </c>
+      <c r="D320" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
         <v>382</v>
       </c>
-      <c r="B318" t="s">
-[...10 lines deleted...]
-      <c r="A319" t="s">
+      <c r="B321" t="s">
+        <v>8</v>
+      </c>
+      <c r="C321" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
         <v>112</v>
       </c>
-      <c r="B319" t="s">
+      <c r="B322" t="s">
         <v>17</v>
       </c>
-      <c r="C319" t="s">
+      <c r="C322" t="s">
         <v>18</v>
       </c>
-      <c r="D319" s="3" t="s">
+      <c r="D322" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="320" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A320" t="s">
+    <row r="323" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
         <v>113</v>
       </c>
-      <c r="B320" t="s">
+      <c r="B323" t="s">
         <v>69</v>
       </c>
-      <c r="C320" t="s">
-[...7 lines deleted...]
-      <c r="A321" t="s">
+      <c r="C323" t="s">
+        <v>4</v>
+      </c>
+      <c r="D323" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
         <v>114</v>
       </c>
-      <c r="B321" t="s">
-[...10 lines deleted...]
-      <c r="A322" t="s">
+      <c r="B324" t="s">
+        <v>8</v>
+      </c>
+      <c r="C324" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
         <v>115</v>
       </c>
-      <c r="B322" t="s">
+      <c r="B325" t="s">
         <v>42</v>
       </c>
-      <c r="C322" t="s">
-[...7 lines deleted...]
-      <c r="A323" t="s">
+      <c r="C325" t="s">
+        <v>4</v>
+      </c>
+      <c r="D325" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
         <v>116</v>
       </c>
-      <c r="B323" t="s">
+      <c r="B326" t="s">
         <v>27</v>
       </c>
-      <c r="C323" t="s">
-[...7 lines deleted...]
-      <c r="A324" t="s">
+      <c r="C326" t="s">
+        <v>4</v>
+      </c>
+      <c r="D326" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
         <v>117</v>
       </c>
-      <c r="B324" t="s">
-[...10 lines deleted...]
-      <c r="A325" t="s">
+      <c r="B327" t="s">
+        <v>8</v>
+      </c>
+      <c r="C327" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
         <v>118</v>
       </c>
-      <c r="B325" t="s">
+      <c r="B328" t="s">
         <v>17</v>
       </c>
-      <c r="C325" t="s">
+      <c r="C328" t="s">
         <v>18</v>
       </c>
-      <c r="D325" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A326" t="s">
+      <c r="D328" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
         <v>383</v>
       </c>
-      <c r="B326" t="s">
+      <c r="B329" t="s">
         <v>5</v>
       </c>
-      <c r="C326" t="s">
-[...7 lines deleted...]
-      <c r="A327" t="s">
+      <c r="C329" t="s">
+        <v>4</v>
+      </c>
+      <c r="D329" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
         <v>119</v>
       </c>
-      <c r="B327" t="s">
-[...10 lines deleted...]
-      <c r="A328" t="s">
+      <c r="B330" t="s">
+        <v>8</v>
+      </c>
+      <c r="C330" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
         <v>384</v>
       </c>
-      <c r="B328" t="s">
+      <c r="B331" t="s">
         <v>27</v>
       </c>
-      <c r="C328" t="s">
-[...7 lines deleted...]
-      <c r="A329" t="s">
+      <c r="C331" t="s">
+        <v>4</v>
+      </c>
+      <c r="D331" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
         <v>120</v>
       </c>
-      <c r="B329" t="s">
+      <c r="B332" t="s">
         <v>27</v>
       </c>
-      <c r="C329" t="s">
-[...7 lines deleted...]
-      <c r="A330" t="s">
+      <c r="C332" t="s">
+        <v>4</v>
+      </c>
+      <c r="D332" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
         <v>121</v>
       </c>
-      <c r="B330" t="s">
-[...10 lines deleted...]
-      <c r="A331" t="s">
+      <c r="B333" t="s">
+        <v>8</v>
+      </c>
+      <c r="C333" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
         <v>122</v>
       </c>
-      <c r="B331" t="s">
-[...10 lines deleted...]
-      <c r="A332" t="s">
+      <c r="B334" t="s">
+        <v>8</v>
+      </c>
+      <c r="C334" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
         <v>385</v>
       </c>
-      <c r="B332" t="s">
+      <c r="B335" t="s">
         <v>386</v>
       </c>
-      <c r="C332" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="C335" t="s">
+        <v>4</v>
+      </c>
+      <c r="D335" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A337" s="1" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="336" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A336" t="s">
+    <row r="339" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
         <v>174</v>
       </c>
-      <c r="B336" t="s">
-[...10 lines deleted...]
-      <c r="A337" t="s">
+      <c r="B339" t="s">
+        <v>8</v>
+      </c>
+      <c r="C339" t="s">
+        <v>4</v>
+      </c>
+      <c r="D339" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
         <v>124</v>
       </c>
-      <c r="B337" t="s">
-[...10 lines deleted...]
-      <c r="A338" t="s">
+      <c r="B340" t="s">
+        <v>4</v>
+      </c>
+      <c r="C340" t="s">
+        <v>4</v>
+      </c>
+      <c r="D340" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
         <v>393</v>
       </c>
-      <c r="B338" t="s">
+      <c r="B341" t="s">
         <v>386</v>
       </c>
-      <c r="C338" t="s">
-[...7 lines deleted...]
-      <c r="A339" t="s">
+      <c r="C341" t="s">
+        <v>4</v>
+      </c>
+      <c r="D341" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
         <v>394</v>
       </c>
-      <c r="B339" t="s">
-[...10 lines deleted...]
-      <c r="A340" t="s">
+      <c r="B342" t="s">
+        <v>8</v>
+      </c>
+      <c r="C342" t="s">
+        <v>7</v>
+      </c>
+      <c r="D342" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
         <v>395</v>
       </c>
-      <c r="B340" t="s">
-[...10 lines deleted...]
-      <c r="A341" t="s">
+      <c r="B343" t="s">
+        <v>8</v>
+      </c>
+      <c r="C343" t="s">
+        <v>7</v>
+      </c>
+      <c r="D343" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
         <v>396</v>
       </c>
-      <c r="B341" t="s">
-[...10 lines deleted...]
-      <c r="A342" t="s">
+      <c r="B344" t="s">
+        <v>8</v>
+      </c>
+      <c r="C344" t="s">
+        <v>7</v>
+      </c>
+      <c r="D344" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
         <v>397</v>
       </c>
-      <c r="B342" t="s">
-[...10 lines deleted...]
-      <c r="A343" t="s">
+      <c r="B345" t="s">
+        <v>8</v>
+      </c>
+      <c r="C345" t="s">
+        <v>7</v>
+      </c>
+      <c r="D345" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
         <v>398</v>
       </c>
-      <c r="B343" t="s">
-[...10 lines deleted...]
-      <c r="A344" t="s">
+      <c r="B346" t="s">
+        <v>8</v>
+      </c>
+      <c r="C346" t="s">
+        <v>7</v>
+      </c>
+      <c r="D346" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
         <v>399</v>
       </c>
-      <c r="B344" t="s">
-[...10 lines deleted...]
-      <c r="A345" t="s">
+      <c r="B347" t="s">
+        <v>8</v>
+      </c>
+      <c r="C347" t="s">
+        <v>7</v>
+      </c>
+      <c r="D347" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
         <v>389</v>
       </c>
-      <c r="B345" t="s">
-[...10 lines deleted...]
-      <c r="A346" t="s">
+      <c r="B348" t="s">
+        <v>8</v>
+      </c>
+      <c r="C348" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
         <v>390</v>
       </c>
-      <c r="B346" t="s">
-[...10 lines deleted...]
-      <c r="A347" t="s">
+      <c r="B349" t="s">
+        <v>8</v>
+      </c>
+      <c r="C349" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
         <v>391</v>
       </c>
-      <c r="B347" t="s">
-[...10 lines deleted...]
-      <c r="A348" t="s">
+      <c r="B350" t="s">
+        <v>8</v>
+      </c>
+      <c r="C350" t="s">
+        <v>7</v>
+      </c>
+      <c r="D350" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
         <v>175</v>
       </c>
-      <c r="B348" t="s">
-[...10 lines deleted...]
-      <c r="A349" t="s">
+      <c r="B351" t="s">
+        <v>8</v>
+      </c>
+      <c r="C351" t="s">
+        <v>7</v>
+      </c>
+      <c r="D351" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
         <v>387</v>
       </c>
-      <c r="B349" t="s">
-[...10 lines deleted...]
-      <c r="A350" t="s">
+      <c r="B352" t="s">
+        <v>8</v>
+      </c>
+      <c r="C352" t="s">
+        <v>7</v>
+      </c>
+      <c r="D352" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
         <v>388</v>
       </c>
-      <c r="B350" t="s">
-[...10 lines deleted...]
-      <c r="A351" t="s">
+      <c r="B353" t="s">
+        <v>8</v>
+      </c>
+      <c r="C353" t="s">
+        <v>7</v>
+      </c>
+      <c r="D353" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A354" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B354" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C354" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D354" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
         <v>400</v>
       </c>
-      <c r="B351" t="s">
-[...10 lines deleted...]
-      <c r="A352" t="s">
+      <c r="B355" t="s">
+        <v>8</v>
+      </c>
+      <c r="C355" t="s">
+        <v>7</v>
+      </c>
+      <c r="D355" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
         <v>401</v>
       </c>
-      <c r="B352" t="s">
-[...10 lines deleted...]
-      <c r="A353" t="s">
+      <c r="B356" t="s">
+        <v>8</v>
+      </c>
+      <c r="C356" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
         <v>454</v>
       </c>
-      <c r="B353" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A354" t="s">
+      <c r="B357" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C357" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D357" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
         <v>125</v>
-      </c>
-[...54 lines deleted...]
-        <v>126</v>
       </c>
       <c r="B358" t="s">
         <v>24</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="359" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="359" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B359" t="s">
         <v>24</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="360" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="360" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>402</v>
+        <v>158</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>25</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="361" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="361" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
-        <v>127</v>
+        <v>166</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>25</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="362" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="362" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>178</v>
+        <v>126</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="363" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="363" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>128</v>
+        <v>177</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
         <v>25</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="364" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="364" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>179</v>
+        <v>402</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
         <v>25</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="365" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="365" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
+        <v>127</v>
+      </c>
+      <c r="B365" t="s">
+        <v>24</v>
+      </c>
+      <c r="C365" t="s">
+        <v>25</v>
+      </c>
+      <c r="D365" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>178</v>
+      </c>
+      <c r="B366" t="s">
+        <v>24</v>
+      </c>
+      <c r="C366" t="s">
+        <v>25</v>
+      </c>
+      <c r="D366" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>128</v>
+      </c>
+      <c r="B367" t="s">
+        <v>24</v>
+      </c>
+      <c r="C367" t="s">
+        <v>25</v>
+      </c>
+      <c r="D367" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>179</v>
+      </c>
+      <c r="B368" t="s">
+        <v>24</v>
+      </c>
+      <c r="C368" t="s">
+        <v>25</v>
+      </c>
+      <c r="D368" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
         <v>392</v>
       </c>
-      <c r="B365" t="s">
-[...10 lines deleted...]
-      <c r="A366" t="s">
+      <c r="B369" t="s">
+        <v>8</v>
+      </c>
+      <c r="C369" t="s">
+        <v>4</v>
+      </c>
+      <c r="D369" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
         <v>403</v>
       </c>
-      <c r="B366" t="s">
-[...10 lines deleted...]
-      <c r="A367" t="s">
+      <c r="B370" t="s">
+        <v>8</v>
+      </c>
+      <c r="C370" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
         <v>129</v>
       </c>
-      <c r="B367" t="s">
-[...10 lines deleted...]
-      <c r="A368" t="s">
+      <c r="B371" t="s">
+        <v>8</v>
+      </c>
+      <c r="C371" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
         <v>130</v>
-      </c>
-[...54 lines deleted...]
-        <v>405</v>
       </c>
       <c r="B372" t="s">
         <v>27</v>
       </c>
       <c r="C372" t="s">
         <v>4</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="373" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="373" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>406</v>
+        <v>180</v>
       </c>
       <c r="B373" t="s">
         <v>27</v>
       </c>
       <c r="C373" t="s">
         <v>4</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="374" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="374" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>407</v>
+        <v>181</v>
       </c>
       <c r="B374" t="s">
         <v>27</v>
       </c>
       <c r="C374" t="s">
         <v>4</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="375" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="375" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>182</v>
+        <v>404</v>
       </c>
       <c r="B375" t="s">
         <v>27</v>
       </c>
       <c r="C375" t="s">
         <v>4</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="376" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="376" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
+        <v>405</v>
+      </c>
+      <c r="B376" t="s">
+        <v>27</v>
+      </c>
+      <c r="C376" t="s">
+        <v>4</v>
+      </c>
+      <c r="D376" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>406</v>
+      </c>
+      <c r="B377" t="s">
+        <v>27</v>
+      </c>
+      <c r="C377" t="s">
+        <v>4</v>
+      </c>
+      <c r="D377" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>407</v>
+      </c>
+      <c r="B378" t="s">
+        <v>27</v>
+      </c>
+      <c r="C378" t="s">
+        <v>4</v>
+      </c>
+      <c r="D378" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>182</v>
+      </c>
+      <c r="B379" t="s">
+        <v>27</v>
+      </c>
+      <c r="C379" t="s">
+        <v>4</v>
+      </c>
+      <c r="D379" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
         <v>408</v>
       </c>
-      <c r="B376" t="s">
+      <c r="B380" t="s">
         <v>5</v>
       </c>
-      <c r="C376" t="s">
-[...7 lines deleted...]
-      <c r="A377" t="s">
+      <c r="C380" t="s">
+        <v>4</v>
+      </c>
+      <c r="D380" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
         <v>409</v>
       </c>
-      <c r="B377" t="s">
+      <c r="B381" t="s">
         <v>5</v>
       </c>
-      <c r="C377" t="s">
-[...7 lines deleted...]
-      <c r="A378" t="s">
+      <c r="C381" t="s">
+        <v>4</v>
+      </c>
+      <c r="D381" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
         <v>410</v>
       </c>
-      <c r="B378" t="s">
+      <c r="B382" t="s">
         <v>5</v>
       </c>
-      <c r="C378" t="s">
-[...7 lines deleted...]
-      <c r="A379" t="s">
+      <c r="C382" t="s">
+        <v>4</v>
+      </c>
+      <c r="D382" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
         <v>411</v>
       </c>
-      <c r="B379" t="s">
-[...10 lines deleted...]
-      <c r="A380" t="s">
+      <c r="B383" t="s">
+        <v>8</v>
+      </c>
+      <c r="C383" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="381" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A381" s="1" t="s">
+    <row r="385" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A385" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="382" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="A383" t="s">
+    <row r="386" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="387" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
         <v>151</v>
       </c>
-      <c r="B383" t="s">
-[...10 lines deleted...]
-      <c r="A384" t="s">
+      <c r="B387" t="s">
+        <v>8</v>
+      </c>
+      <c r="C387" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
         <v>133</v>
       </c>
-      <c r="B384" t="s">
-[...10 lines deleted...]
-      <c r="A385" t="s">
+      <c r="B388" t="s">
+        <v>8</v>
+      </c>
+      <c r="C388" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
         <v>152</v>
       </c>
-      <c r="B385" t="s">
+      <c r="B389" t="s">
         <v>17</v>
       </c>
-      <c r="C385" t="s">
+      <c r="C389" t="s">
         <v>18</v>
       </c>
-      <c r="D385" s="3" t="s">
+      <c r="D389" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="386" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A386" t="s">
+    <row r="390" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
         <v>134</v>
       </c>
-      <c r="B386" t="s">
+      <c r="B390" t="s">
         <v>17</v>
       </c>
-      <c r="C386" t="s">
+      <c r="C390" t="s">
         <v>18</v>
       </c>
-      <c r="D386" s="3" t="s">
+      <c r="D390" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="387" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A387" t="s">
+    <row r="391" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
         <v>153</v>
       </c>
-      <c r="B387" t="s">
-[...10 lines deleted...]
-      <c r="A388" t="s">
+      <c r="B391" t="s">
+        <v>8</v>
+      </c>
+      <c r="C391" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
         <v>135</v>
       </c>
-      <c r="B388" t="s">
-[...10 lines deleted...]
-      <c r="A389" t="s">
+      <c r="B392" t="s">
+        <v>8</v>
+      </c>
+      <c r="C392" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
         <v>136</v>
       </c>
-      <c r="B389" t="s">
-[...10 lines deleted...]
-      <c r="A390" t="s">
+      <c r="B393" t="s">
+        <v>8</v>
+      </c>
+      <c r="C393" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
         <v>137</v>
       </c>
-      <c r="B390" t="s">
+      <c r="B394" t="s">
         <v>27</v>
       </c>
-      <c r="C390" t="s">
-[...7 lines deleted...]
-      <c r="A391" t="s">
+      <c r="C394" t="s">
+        <v>4</v>
+      </c>
+      <c r="D394" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
         <v>154</v>
       </c>
-      <c r="B391" t="s">
-[...10 lines deleted...]
-      <c r="A392" t="s">
+      <c r="B395" t="s">
+        <v>8</v>
+      </c>
+      <c r="C395" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
         <v>138</v>
       </c>
-      <c r="B392" t="s">
+      <c r="B396" t="s">
         <v>27</v>
       </c>
-      <c r="C392" t="s">
-[...7 lines deleted...]
-      <c r="A393" t="s">
+      <c r="C396" t="s">
+        <v>4</v>
+      </c>
+      <c r="D396" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
         <v>155</v>
       </c>
-      <c r="B393" t="s">
-[...10 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B397" t="s">
+        <v>8</v>
+      </c>
+      <c r="C397" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A399" s="1" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="397" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A397" t="s">
+    <row r="401" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
         <v>140</v>
       </c>
-      <c r="B397" t="s">
-[...10 lines deleted...]
-      <c r="A398" t="s">
+      <c r="B401" t="s">
+        <v>8</v>
+      </c>
+      <c r="C401" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="402" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
         <v>141</v>
       </c>
-      <c r="B398" t="s">
+      <c r="B402" t="s">
         <v>27</v>
       </c>
-      <c r="C398" t="s">
-[...7 lines deleted...]
-      <c r="A399" t="s">
+      <c r="C402" t="s">
+        <v>4</v>
+      </c>
+      <c r="D402" s="3" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="403" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
         <v>142</v>
       </c>
-      <c r="B399" t="s">
+      <c r="B403" t="s">
         <v>17</v>
       </c>
-      <c r="C399" t="s">
+      <c r="C403" t="s">
         <v>18</v>
       </c>
-      <c r="D399" s="3" t="s">
+      <c r="D403" s="3" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="400" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A400" t="s">
+    <row r="404" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
         <v>143</v>
       </c>
-      <c r="B400" t="s">
-[...10 lines deleted...]
-      <c r="A401" t="s">
+      <c r="B404" t="s">
+        <v>8</v>
+      </c>
+      <c r="C404" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="405" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
         <v>144</v>
       </c>
-      <c r="B401" t="s">
+      <c r="B405" t="s">
         <v>13</v>
       </c>
-      <c r="C401" t="s">
+      <c r="C405" t="s">
         <v>14</v>
       </c>
-      <c r="D401" s="3" t="s">
+      <c r="D405" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="402" spans="1:256" x14ac:dyDescent="0.2">
-      <c r="A402" t="s">
+    <row r="406" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
         <v>145</v>
       </c>
-      <c r="B402" t="s">
+      <c r="B406" t="s">
         <v>17</v>
       </c>
-      <c r="C402" t="s">
+      <c r="C406" t="s">
         <v>18</v>
       </c>
-      <c r="D402" s="3" t="s">
+      <c r="D406" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="AU402" t="s">
-[...631 lines deleted...]
-      <c r="A403" t="s">
+      <c r="AU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="AV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="AW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="AX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="AY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="AZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="BZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="CZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="DZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="ED406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="ER406" t="s">
+        <v>146</v>
+      </c>
+      <c r="ES406" t="s">
+        <v>146</v>
+      </c>
+      <c r="ET406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="EZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="FZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="GZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HD406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HI406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HV406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HW406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HX406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HY406" t="s">
+        <v>146</v>
+      </c>
+      <c r="HZ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IA406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IB406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IC406" t="s">
+        <v>146</v>
+      </c>
+      <c r="ID406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IE406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IF406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IG406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IH406" t="s">
+        <v>146</v>
+      </c>
+      <c r="II406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IJ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IK406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IL406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IM406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IN406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IO406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IP406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IQ406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IR406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IS406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IT406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IU406" t="s">
+        <v>146</v>
+      </c>
+      <c r="IV406" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="407" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
         <v>147</v>
       </c>
-      <c r="B403" t="s">
-[...10 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="B407" t="s">
+        <v>8</v>
+      </c>
+      <c r="C407" t="s">
+        <v>7</v>
+      </c>
+      <c r="D407" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="409" spans="1:256" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A409" s="1" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="407" spans="1:256" x14ac:dyDescent="0.2">
-      <c r="A407" t="s">
+    <row r="411" spans="1:256" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
         <v>156</v>
       </c>
-      <c r="D407" s="3"/>
+      <c r="D411" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D88" r:id="rId1" xr:uid="{63B38801-FCCE-4616-B41E-CFDA56B7B28F}"/>
     <hyperlink ref="D87" r:id="rId2" xr:uid="{1B3641E9-631E-41E1-A135-6304B54A8DED}"/>
     <hyperlink ref="D89" r:id="rId3" xr:uid="{01B94BC0-E1B2-4080-AF45-26C611E00049}"/>
     <hyperlink ref="D90" r:id="rId4" xr:uid="{8F1F60D6-B30D-4CBF-817A-E33AAA59BE0E}"/>
     <hyperlink ref="D6" r:id="rId5" xr:uid="{ADCB4344-322B-4305-B222-A8A8BD521C7C}"/>
     <hyperlink ref="D8" r:id="rId6" xr:uid="{2EA91B3B-0AA1-4E15-85AD-301D09865902}"/>
     <hyperlink ref="D10" r:id="rId7" xr:uid="{12372116-712A-4FA4-A491-591F94E1B866}"/>
     <hyperlink ref="D11" r:id="rId8" xr:uid="{8E1B8619-985D-4E70-8786-D8A2D1345648}"/>
     <hyperlink ref="D12" r:id="rId9" xr:uid="{D3DC2F31-2B72-49CB-9CED-8AD298BA55C5}"/>
     <hyperlink ref="D13" r:id="rId10" xr:uid="{038B5812-1C0E-4FE7-B6F8-14E9E8E86715}"/>
     <hyperlink ref="D17" r:id="rId11" xr:uid="{8AB4355B-FA08-41E6-85B8-DE4F2A8FBF54}"/>
     <hyperlink ref="D18" r:id="rId12" xr:uid="{2F143568-E38C-4FFA-A5F0-5912B593FC16}"/>
     <hyperlink ref="D23" r:id="rId13" xr:uid="{1427683E-53F7-4B97-B279-5CA1442B4A99}"/>
     <hyperlink ref="D30" r:id="rId14" xr:uid="{F3AAE862-30A8-4191-BBEA-76C32B57D46F}"/>
     <hyperlink ref="D31" r:id="rId15" xr:uid="{3255D166-5B1F-4346-9639-715D877774F6}"/>
     <hyperlink ref="D32" r:id="rId16" xr:uid="{A7ABDF16-FE92-4E73-9B9B-8FA1E454AAA6}"/>
     <hyperlink ref="D63" r:id="rId17" xr:uid="{C54E819B-9A4F-4E35-8831-47196E07F2E3}"/>
     <hyperlink ref="D64" r:id="rId18" xr:uid="{FAF415AE-5285-4454-ABE3-3716B6542070}"/>
     <hyperlink ref="D68" r:id="rId19" xr:uid="{D34267DE-1B2B-4C62-A1CC-71744FB40BDB}"/>
     <hyperlink ref="D71" r:id="rId20" xr:uid="{021C63E1-2E5A-48ED-AE7A-1E0AD692E3C4}"/>
     <hyperlink ref="D76" r:id="rId21" xr:uid="{C7365825-5C94-40DC-A1D9-2300B119B9B2}"/>
     <hyperlink ref="D78" r:id="rId22" xr:uid="{B3972C34-F616-4B1E-B45B-7A490F78D0F0}"/>
     <hyperlink ref="D80" r:id="rId23" xr:uid="{8D7F835F-62CC-43DA-97AA-C0CA3091A7DF}"/>
     <hyperlink ref="D82" r:id="rId24" xr:uid="{3262CFAA-1E58-4B87-9766-4B6E7D403A08}"/>
     <hyperlink ref="D93" r:id="rId25" xr:uid="{6E3EDB72-4144-46AF-A243-6A89684959FF}"/>
     <hyperlink ref="D94" r:id="rId26" xr:uid="{AE796013-F6B8-42E0-9D26-7F3A8803B7BF}"/>
     <hyperlink ref="D111" r:id="rId27" xr:uid="{AE5A405B-0A18-4EC4-9E56-4C97C1D5C475}"/>
     <hyperlink ref="D113" r:id="rId28" xr:uid="{472DCF80-734F-4FDC-A0CF-9C60F302B7D2}"/>
     <hyperlink ref="D131" r:id="rId29" xr:uid="{F4FFC933-E3AD-499E-9FBC-964A467698C7}"/>
     <hyperlink ref="D135" r:id="rId30" xr:uid="{23C4B593-0853-440A-A55C-A2D6D938BCDC}"/>
     <hyperlink ref="D137" r:id="rId31" xr:uid="{8E9ECA87-5A62-47BC-931D-82E2D1A2B9A5}"/>
     <hyperlink ref="D146:D185" r:id="rId32" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{0774C1E5-F783-4ED8-9D90-DF5535326E97}"/>
     <hyperlink ref="D186:D189" r:id="rId33" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{76CE98F2-E7F7-4180-AA17-C6D96CF51F2D}"/>
     <hyperlink ref="D195:D196" r:id="rId34" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{403F12A6-B4DA-4934-B3B6-4FF03993228F}"/>
-    <hyperlink ref="D209" r:id="rId35" xr:uid="{E5C0EA11-66E8-4C2D-A457-4A90D8D51136}"/>
-[...25 lines deleted...]
-    <hyperlink ref="D398" r:id="rId61" xr:uid="{4FA52789-E202-4B15-A2B4-E9F8C38F1907}"/>
+    <hyperlink ref="D210" r:id="rId35" xr:uid="{E5C0EA11-66E8-4C2D-A457-4A90D8D51136}"/>
+    <hyperlink ref="D215:D223" r:id="rId36" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{7C204173-6DB6-44A9-9F33-06ABD001A76B}"/>
+    <hyperlink ref="D239:D240" r:id="rId37" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{DDBC4C72-4BFB-400E-837F-AA396BDD8E72}"/>
+    <hyperlink ref="D242:D249" r:id="rId38" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{B85204BB-9350-4F08-AD42-0C2C3E233DDB}"/>
+    <hyperlink ref="D253:D261" r:id="rId39" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{2DF8A57A-77EE-451A-9B43-B548FA28935C}"/>
+    <hyperlink ref="D270" r:id="rId40" xr:uid="{FD4D0A2C-DDF7-4409-8610-0990C1626A79}"/>
+    <hyperlink ref="D282:D283" r:id="rId41" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{2E6650B7-165E-4B83-A4C2-9401BC6C95A3}"/>
+    <hyperlink ref="D285:D287" r:id="rId42" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{2B86AD13-438D-4E58-9C61-3EFDDC0CD97F}"/>
+    <hyperlink ref="D294:D296" r:id="rId43" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{D02204AC-EDE2-4D73-A33D-AF4DEBC0DD6A}"/>
+    <hyperlink ref="D304:D313" r:id="rId44" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{40F63FF3-8793-4B80-BDAB-5A13649A287A}"/>
+    <hyperlink ref="D321" r:id="rId45" xr:uid="{89ACD673-1387-48E9-90D3-E391D8D5F967}"/>
+    <hyperlink ref="D324" r:id="rId46" xr:uid="{CF4C0592-2C1F-48C6-B9F9-55EE8B532BDC}"/>
+    <hyperlink ref="D327" r:id="rId47" xr:uid="{5888A916-EAA2-4410-864C-C3BA71AB8FE8}"/>
+    <hyperlink ref="D330" r:id="rId48" xr:uid="{1BF2A415-D10D-4433-9959-19237E61CE1A}"/>
+    <hyperlink ref="D333:D334" r:id="rId49" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{D6D64290-A3C7-49CC-B9AB-5F389CF1EDCA}"/>
+    <hyperlink ref="D339" r:id="rId50" xr:uid="{F2CCEEDA-B96F-464F-BD54-8D7957353675}"/>
+    <hyperlink ref="D342:D356" r:id="rId51" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{2C770D70-6905-450F-99DF-114390A0589E}"/>
+    <hyperlink ref="D369:D371" r:id="rId52" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{2FDAB0A3-B815-4269-98E3-C4FEEE6B8DA4}"/>
+    <hyperlink ref="D383" r:id="rId53" xr:uid="{86B2A995-90FA-4BFF-8B89-E7B3665F6146}"/>
+    <hyperlink ref="D387:D388" r:id="rId54" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{A079A1AB-DA00-4280-A99C-A35CE6C4432C}"/>
+    <hyperlink ref="D391:D393" r:id="rId55" display="http://rgl.faa.gov/Regulatory_and_Guidance_Library/rgAD.nsf/Frameset?OpenPage" xr:uid="{BAF1D535-B26E-496D-A6FF-D8F499418091}"/>
+    <hyperlink ref="D395" r:id="rId56" xr:uid="{5B66C2D1-413B-4FA2-9ECA-27056EB6709A}"/>
+    <hyperlink ref="D397" r:id="rId57" xr:uid="{68B6444E-9E59-4B1F-B3B4-D274F7C8916B}"/>
+    <hyperlink ref="D401" r:id="rId58" xr:uid="{686814D5-C6F2-4604-8D3D-A3E387613ECA}"/>
+    <hyperlink ref="D404" r:id="rId59" xr:uid="{8908578C-9A2B-4DF8-8338-43E326CDDE05}"/>
+    <hyperlink ref="D407" r:id="rId60" xr:uid="{4411A713-08B3-4E16-9825-4B7FD0103EF7}"/>
+    <hyperlink ref="D402" r:id="rId61" xr:uid="{4FA52789-E202-4B15-A2B4-E9F8C38F1907}"/>
     <hyperlink ref="D5" r:id="rId62" xr:uid="{E28C282A-FD7D-4699-9509-F5D4606232B7}"/>
     <hyperlink ref="D7" r:id="rId63" xr:uid="{0CFC9863-73EF-4B9A-8673-1AAD6E764F01}"/>
     <hyperlink ref="D9" r:id="rId64" xr:uid="{B9C3CCF8-EFDA-4D57-B1B3-B94F5265209B}"/>
     <hyperlink ref="D14:D15" r:id="rId65" display="https://ad.easa.europa.eu/" xr:uid="{9984C55C-5932-4D1F-BC26-582D47E4BD2B}"/>
     <hyperlink ref="D26:D28" r:id="rId66" display="https://ad.easa.europa.eu/" xr:uid="{B721E618-5188-4BF1-95C3-B60AD868AC55}"/>
     <hyperlink ref="D37:D39" r:id="rId67" display="https://ad.easa.europa.eu/" xr:uid="{4E1705C0-38A6-418A-A476-2D55DE84EEF9}"/>
     <hyperlink ref="D59:D60" r:id="rId68" display="https://ad.easa.europa.eu/" xr:uid="{AC9F3D66-F9F3-4533-9EC9-4ED75B4FE542}"/>
     <hyperlink ref="D62" r:id="rId69" xr:uid="{F44DF453-EA70-4A2E-9B8F-245BECCCC63B}"/>
     <hyperlink ref="D65" r:id="rId70" xr:uid="{FE161DFD-3A5C-4643-B7A2-2755363ED31D}"/>
     <hyperlink ref="D67" r:id="rId71" xr:uid="{C72E11E6-22D2-436C-83AB-9F8655652E54}"/>
     <hyperlink ref="D73" r:id="rId72" xr:uid="{A64F3A0D-2345-4583-911C-53DDC40FBA78}"/>
     <hyperlink ref="D77" r:id="rId73" xr:uid="{E9BD39D6-D0B0-466F-A256-DB74B6D61BA2}"/>
     <hyperlink ref="D86" r:id="rId74" xr:uid="{971CC553-64DC-409A-87FD-07E3DAC8F65B}"/>
     <hyperlink ref="D96" r:id="rId75" xr:uid="{D1F48AB7-7D4B-467A-9C91-43FA805EE977}"/>
     <hyperlink ref="D99" r:id="rId76" xr:uid="{55BB4FC5-C1A6-412C-B6FE-97F5D0B166A6}"/>
     <hyperlink ref="D107:D108" r:id="rId77" display="https://ad.easa.europa.eu/" xr:uid="{10549540-1ADB-4B93-BA3E-4B2D50C65DD2}"/>
     <hyperlink ref="D110" r:id="rId78" xr:uid="{7CE0B4C3-B8DE-4CE4-B507-E63C01299C42}"/>
     <hyperlink ref="D130" r:id="rId79" xr:uid="{90417281-4AA4-47FA-9D0A-606964DB3CF3}"/>
     <hyperlink ref="D132:D133" r:id="rId80" display="https://ad.easa.europa.eu/" xr:uid="{BCA3384F-D807-45B1-BAF3-7353CC8346A8}"/>
     <hyperlink ref="D136" r:id="rId81" xr:uid="{462DA8C4-6B73-4088-B454-DD8B0B134D2D}"/>
     <hyperlink ref="D140" r:id="rId82" xr:uid="{D54245DF-6B95-4926-961F-BE65FC93EF98}"/>
     <hyperlink ref="D144" r:id="rId83" xr:uid="{8E646660-1358-431C-9858-4203304609C8}"/>
     <hyperlink ref="D194" r:id="rId84" xr:uid="{391AE2CB-6680-4E27-87AB-0812AC757D33}"/>
     <hyperlink ref="D198:D199" r:id="rId85" display="https://ad.easa.europa.eu/" xr:uid="{E3916DA3-FABA-4865-97B9-7B27E9D2B2CF}"/>
     <hyperlink ref="D200" r:id="rId86" xr:uid="{8F528EBE-9504-491C-89D7-02F544062B19}"/>
     <hyperlink ref="D204:D207" r:id="rId87" display="https://ad.easa.europa.eu/" xr:uid="{408F0A09-6A20-457D-963F-07F8661891FB}"/>
-    <hyperlink ref="D232:D235" r:id="rId88" display="https://ad.easa.europa.eu/" xr:uid="{322FCF20-2681-4265-AA0A-AC86FF99273A}"/>
-[...15 lines deleted...]
-    <hyperlink ref="D392" r:id="rId104" xr:uid="{5986106B-307F-4662-A39A-645972F2504C}"/>
+    <hyperlink ref="D234:D237" r:id="rId88" display="https://ad.easa.europa.eu/" xr:uid="{322FCF20-2681-4265-AA0A-AC86FF99273A}"/>
+    <hyperlink ref="D252" r:id="rId89" xr:uid="{42859DCF-7EFE-4FAE-B60C-C25C4F8C35A8}"/>
+    <hyperlink ref="D272:D281" r:id="rId90" display="https://ad.easa.europa.eu/" xr:uid="{EE0799D2-971C-4C5D-AE3A-79958E007287}"/>
+    <hyperlink ref="D297" r:id="rId91" xr:uid="{02983D40-FC7B-4605-BC1E-B846251CA4FC}"/>
+    <hyperlink ref="D299:D303" r:id="rId92" display="https://ad.easa.europa.eu/" xr:uid="{5B22D3D5-1D7B-42BA-843E-94A6E21F5CDF}"/>
+    <hyperlink ref="D318" r:id="rId93" xr:uid="{A722E540-AD1F-4E56-983B-C7CF3535CEFE}"/>
+    <hyperlink ref="D320" r:id="rId94" xr:uid="{4B150F34-7F38-48D2-90BE-2E35196B9160}"/>
+    <hyperlink ref="D323" r:id="rId95" xr:uid="{0212B3C5-CB6E-40BF-929F-F142D4896C09}"/>
+    <hyperlink ref="D325:D326" r:id="rId96" display="https://ad.easa.europa.eu/" xr:uid="{650F3307-4D30-41F3-B536-977455817FB9}"/>
+    <hyperlink ref="D328:D329" r:id="rId97" display="https://ad.easa.europa.eu/" xr:uid="{FCBD8946-6480-493B-A30E-6B10401A56C3}"/>
+    <hyperlink ref="D331:D332" r:id="rId98" display="https://ad.easa.europa.eu/" xr:uid="{1CCA70CA-735B-47D1-8D50-2122ADA3FD77}"/>
+    <hyperlink ref="D335" r:id="rId99" xr:uid="{6D65DD1C-0891-4578-9E74-E559D1D5CDB5}"/>
+    <hyperlink ref="D340:D341" r:id="rId100" display="https://ad.easa.europa.eu/" xr:uid="{86D6B624-F715-4325-A228-06071B280405}"/>
+    <hyperlink ref="D372:D382" r:id="rId101" display="https://ad.easa.europa.eu/" xr:uid="{658E23C5-092A-4E29-8C33-60ED05EA7BAE}"/>
+    <hyperlink ref="D390" r:id="rId102" xr:uid="{709F977A-F7AC-499A-B9DA-F6FA7B246929}"/>
+    <hyperlink ref="D394" r:id="rId103" xr:uid="{65F911A7-7EBB-44F6-90FA-1A50B0160E63}"/>
+    <hyperlink ref="D396" r:id="rId104" xr:uid="{5986106B-307F-4662-A39A-645972F2504C}"/>
     <hyperlink ref="D143" r:id="rId105" xr:uid="{3C0BFAC9-DC23-4FA8-B89C-DB79B676F06C}"/>
     <hyperlink ref="D142" r:id="rId106" xr:uid="{D3F4444D-D271-4EA6-99A0-7F1F0781F533}"/>
-    <hyperlink ref="D401" r:id="rId107" xr:uid="{0041C33C-9AF0-421A-8AE0-2B586A768CAA}"/>
-[...1 lines deleted...]
-    <hyperlink ref="D248" r:id="rId109" xr:uid="{C405DFEF-5FAA-47A0-849F-208755CC94F9}"/>
+    <hyperlink ref="D405" r:id="rId107" xr:uid="{0041C33C-9AF0-421A-8AE0-2B586A768CAA}"/>
+    <hyperlink ref="D319" r:id="rId108" xr:uid="{AB7E8DCC-1FBE-4472-A647-1D4D9570DCEC}"/>
+    <hyperlink ref="D250" r:id="rId109" xr:uid="{C405DFEF-5FAA-47A0-849F-208755CC94F9}"/>
     <hyperlink ref="D190" r:id="rId110" xr:uid="{6D68424E-9817-4047-A807-B5510B488D1A}"/>
     <hyperlink ref="D138:D139" r:id="rId111" display="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" xr:uid="{6E31C747-DD9C-4220-8022-7C60965D1104}"/>
     <hyperlink ref="D134" r:id="rId112" xr:uid="{832E7E59-E8BC-4BD6-9621-301BE424EF76}"/>
     <hyperlink ref="D97:D98" r:id="rId113" display="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" xr:uid="{A29C2587-942D-404A-A829-95B25F513F77}"/>
     <hyperlink ref="D95" r:id="rId114" xr:uid="{1BFCF3A0-7CAF-4E49-B2B2-3FE4B81354B0}"/>
     <hyperlink ref="D81" r:id="rId115" xr:uid="{0B8E9721-8851-481E-810F-732F99934128}"/>
     <hyperlink ref="D74:D75" r:id="rId116" display="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" xr:uid="{CF9EF3B9-7E56-4285-84A5-F81A95D7C02C}"/>
     <hyperlink ref="D57" r:id="rId117" xr:uid="{B0751A9B-06BE-4EBE-9FF7-E7EB18DB376B}"/>
     <hyperlink ref="D33:D36" r:id="rId118" display="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" xr:uid="{7C473CF8-E5EA-4254-933E-A038CC434040}"/>
     <hyperlink ref="D22" r:id="rId119" xr:uid="{29CDD873-2BAC-4B5E-A7EF-80D71C94C933}"/>
     <hyperlink ref="D19:D20" r:id="rId120" display="https://www.casa.gov.au/aircraft/standard-page/airworthiness-directives" xr:uid="{268750B1-00E8-4361-ACAD-ABF3A577068D}"/>
     <hyperlink ref="D101" r:id="rId121" xr:uid="{29FCD56C-0587-453D-AD22-057128738629}"/>
     <hyperlink ref="D100" r:id="rId122" xr:uid="{82A8BD59-53D7-4C53-9DDC-8ABB51FD9B6B}"/>
     <hyperlink ref="D103" r:id="rId123" xr:uid="{517EBB81-251F-43C4-9A4E-7EE0DD6A5331}"/>
     <hyperlink ref="D104" r:id="rId124" xr:uid="{6FF97D7B-4BB6-4919-99ED-BDB53E9F13DB}"/>
     <hyperlink ref="D29" r:id="rId125" xr:uid="{7C504D8E-CDB6-4630-9CCD-401FC1E9BC75}"/>
     <hyperlink ref="D106" r:id="rId126" xr:uid="{EDCF74B7-0273-42A1-8E02-808F9AF8E408}"/>
     <hyperlink ref="D105" r:id="rId127" xr:uid="{E2702B61-9E2D-4741-A5EC-84E1B2DDF59A}"/>
     <hyperlink ref="D91" r:id="rId128" xr:uid="{DD0E89F6-A935-4F03-8DF2-31890EEEADFD}"/>
     <hyperlink ref="D16" r:id="rId129" xr:uid="{15915731-F9D7-4D64-9C0C-1E7FDF01FFFF}"/>
     <hyperlink ref="D21" r:id="rId130" xr:uid="{4C1F367A-5432-47CC-9594-C4E832934937}"/>
     <hyperlink ref="D25" r:id="rId131" xr:uid="{1F6F0E82-1F48-43F2-B368-16ADD42F904A}"/>
     <hyperlink ref="D48:D56" r:id="rId132" display="https://www.caa.co.uk/Commercial-Industry/Aircraft/Airworthiness/Continuing-airworthiness/Airworthiness-Directives/" xr:uid="{55B16018-33E4-4D05-BB34-5265A70CBCE2}"/>
     <hyperlink ref="D58" r:id="rId133" xr:uid="{AD166799-35F5-4180-9667-4C4FEE5FCF09}"/>
     <hyperlink ref="D191" r:id="rId134" xr:uid="{502D9F63-B5CB-4C04-B797-F4498C950281}"/>
-    <hyperlink ref="D311" r:id="rId135" xr:uid="{CA3D86D8-17F2-4AAC-A0E8-15930C43930E}"/>
-[...2 lines deleted...]
-    <hyperlink ref="D231" r:id="rId138" xr:uid="{3C21C6AD-68E8-4582-AFEF-7B398FFD152A}"/>
+    <hyperlink ref="D314" r:id="rId135" xr:uid="{CA3D86D8-17F2-4AAC-A0E8-15930C43930E}"/>
+    <hyperlink ref="D322" r:id="rId136" xr:uid="{12FA8F22-A25A-4D08-BE8F-14832537FC72}"/>
+    <hyperlink ref="D389" r:id="rId137" xr:uid="{3A654B69-3494-48D6-BF1B-06DF04C12A67}"/>
+    <hyperlink ref="D232" r:id="rId138" xr:uid="{3C21C6AD-68E8-4582-AFEF-7B398FFD152A}"/>
     <hyperlink ref="D66" r:id="rId139" xr:uid="{DAAFFD17-2800-4FD8-94F2-0A9882A31392}"/>
     <hyperlink ref="D72" r:id="rId140" xr:uid="{1808F27F-7156-41A9-AD84-262D93F9201F}"/>
     <hyperlink ref="D92" r:id="rId141" xr:uid="{FA4BE415-8B8B-4FA5-A2ED-2A3B8C605659}"/>
-    <hyperlink ref="D295" r:id="rId142" xr:uid="{538FFAFF-DE81-4D18-BEB7-DAE4EA22D13A}"/>
-[...1 lines deleted...]
-    <hyperlink ref="D239" r:id="rId144" xr:uid="{6930C9E4-0B67-4DA4-986F-944B9D2DC244}"/>
+    <hyperlink ref="D298" r:id="rId142" xr:uid="{538FFAFF-DE81-4D18-BEB7-DAE4EA22D13A}"/>
+    <hyperlink ref="D238" r:id="rId143" xr:uid="{A5DEF701-E891-47B2-9961-6F1DD51B3CB4}"/>
+    <hyperlink ref="D241" r:id="rId144" xr:uid="{6930C9E4-0B67-4DA4-986F-944B9D2DC244}"/>
     <hyperlink ref="D109" r:id="rId145" xr:uid="{96ACA24E-1CA5-4220-B63F-849EF81835F8}"/>
     <hyperlink ref="D83" r:id="rId146" xr:uid="{A9E2D098-8678-4FE7-8F1B-9DF6541D017B}"/>
     <hyperlink ref="D84" r:id="rId147" xr:uid="{A4CDD419-4696-4F48-B8AC-B7AB9865AE82}"/>
     <hyperlink ref="D40" r:id="rId148" xr:uid="{4E5C3BB2-3F0C-4B69-8117-5FBE6E4168A8}"/>
     <hyperlink ref="D42" r:id="rId149" xr:uid="{F4E36BB5-69CA-4064-AB9C-CB0F911B0E7C}"/>
     <hyperlink ref="D43" r:id="rId150" xr:uid="{AAA2A903-0C1D-4C0F-807D-E2338FAAD48E}"/>
     <hyperlink ref="D44" r:id="rId151" xr:uid="{855462AB-FE8C-4E70-8E60-99E142B62ED9}"/>
     <hyperlink ref="D45" r:id="rId152" xr:uid="{F0A9BEFB-C59D-4BF1-A69F-E566F99392F4}"/>
     <hyperlink ref="D46" r:id="rId153" xr:uid="{8308A115-46C2-4349-9608-88D969CFF99C}"/>
     <hyperlink ref="D197" r:id="rId154" xr:uid="{5B77E0C5-83B7-4025-AB91-4911BD23ABB9}"/>
     <hyperlink ref="D85" r:id="rId155" xr:uid="{886A260F-6D11-4038-BD22-3903308216DD}"/>
     <hyperlink ref="D102" r:id="rId156" xr:uid="{DCFFF240-76DE-43EE-9F04-05E616D9B6FA}"/>
     <hyperlink ref="D112" r:id="rId157" xr:uid="{E2D195DB-13B6-4893-9023-9EFEE3545B9B}"/>
     <hyperlink ref="D129" r:id="rId158" xr:uid="{B60E8DAE-4BC2-410D-A36A-BDF160953E93}"/>
     <hyperlink ref="D145" r:id="rId159" xr:uid="{A27E31D8-7173-4594-A6F0-BA1E0F0D2E49}"/>
-    <hyperlink ref="D208" r:id="rId160" xr:uid="{A866A666-97D5-4738-B985-849F6D98F82D}"/>
-[...7 lines deleted...]
-    <hyperlink ref="D353" r:id="rId168" xr:uid="{95076C2C-2A72-4308-84DA-26760EF9E195}"/>
+    <hyperlink ref="D209" r:id="rId160" xr:uid="{A866A666-97D5-4738-B985-849F6D98F82D}"/>
+    <hyperlink ref="D263" r:id="rId161" xr:uid="{D51301BC-A4E9-4E07-BBE8-42169B8D0C70}"/>
+    <hyperlink ref="D264" r:id="rId162" xr:uid="{01EA56A2-D56F-4FD5-B1F4-B79785A79B46}"/>
+    <hyperlink ref="D265" r:id="rId163" xr:uid="{4A4C93C3-884C-4BAE-9D0A-C425FB6D1E7D}"/>
+    <hyperlink ref="D266" r:id="rId164" xr:uid="{01AF39D5-2D8B-492C-91B3-334659664CCC}"/>
+    <hyperlink ref="D251" r:id="rId165" xr:uid="{D40771B3-8EDB-4BCD-BAA5-19BDB89D74D7}"/>
+    <hyperlink ref="D309" r:id="rId166" xr:uid="{6728C244-F681-4D2E-8FC2-5E138B443ACF}"/>
+    <hyperlink ref="D311" r:id="rId167" xr:uid="{65444102-E2D3-4B34-B076-5F6771B726F3}"/>
+    <hyperlink ref="D357" r:id="rId168" xr:uid="{95076C2C-2A72-4308-84DA-26760EF9E195}"/>
     <hyperlink ref="D26" r:id="rId169" xr:uid="{0A234658-B395-4D2C-BBE1-2C32A5837D0A}"/>
     <hyperlink ref="D47" r:id="rId170" xr:uid="{F68D505F-D052-4907-AFFF-D136A06B30B6}"/>
     <hyperlink ref="D69" r:id="rId171" xr:uid="{6645FE37-BDE6-4A91-B851-243D1E436723}"/>
     <hyperlink ref="D70" r:id="rId172" xr:uid="{A19D05C3-7EE0-48DC-9D79-59B3BFC9D72F}"/>
-    <hyperlink ref="D212" r:id="rId173" xr:uid="{3A8DEA28-EBF6-4B3F-942E-D87E7618FCB2}"/>
-[...1 lines deleted...]
-    <hyperlink ref="D225" r:id="rId175" xr:uid="{D0BA9F0A-CC95-4322-986E-5CB408C6B9EF}"/>
+    <hyperlink ref="D213" r:id="rId173" xr:uid="{3A8DEA28-EBF6-4B3F-942E-D87E7618FCB2}"/>
+    <hyperlink ref="D214" r:id="rId174" xr:uid="{8F2A7BBC-E260-42CD-8BFC-D6BE46B3FCAB}"/>
+    <hyperlink ref="D226" r:id="rId175" xr:uid="{D0BA9F0A-CC95-4322-986E-5CB408C6B9EF}"/>
     <hyperlink ref="D141" r:id="rId176" xr:uid="{3BF5DE5A-5DFA-4C18-B660-F27FB45EB544}"/>
-    <hyperlink ref="D399" r:id="rId177" xr:uid="{65F28FC5-B619-4568-8524-97DD009013D3}"/>
-    <hyperlink ref="D402" r:id="rId178" xr:uid="{1118DCA4-30CA-47F1-A140-ED16856E2B0F}"/>
+    <hyperlink ref="D403" r:id="rId177" xr:uid="{65F28FC5-B619-4568-8524-97DD009013D3}"/>
+    <hyperlink ref="D406" r:id="rId178" xr:uid="{1118DCA4-30CA-47F1-A140-ED16856E2B0F}"/>
     <hyperlink ref="D118" r:id="rId179" display="https://www.argentina.gob.ar/anac" xr:uid="{21A92B62-14BF-4E4A-9024-68A50EB9C5B9}"/>
+    <hyperlink ref="D271" r:id="rId180" xr:uid="{4EEA015F-C11D-4EA1-816A-7BBFBB308DC2}"/>
+    <hyperlink ref="D233" r:id="rId181" xr:uid="{C6899EDE-C024-4FDB-9E2B-9AB2CB546D5F}"/>
+    <hyperlink ref="D354" r:id="rId182" xr:uid="{7AAE8E64-4F15-4F31-9C27-D8DF2D404C74}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId180"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId183"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBF7A63F0112DF4699B7CC5F44E8E3BC" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76d85f53075ff7e985e4b464a3354f1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e14e7bf4-4f95-44c2-aaaa-c89f8a9708fc" xmlns:ns4="6fe35743-8a0a-485a-a5a0-73b912aa541d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9ff0fa877f3b3ae04d0d09f9cec0f0c2" ns3:_="" ns4:_="">
     <xsd:import namespace="e14e7bf4-4f95-44c2-aaaa-c89f8a9708fc"/>
     <xsd:import namespace="6fe35743-8a0a-485a-a5a0-73b912aa541d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
@@ -8236,90 +8310,87 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D29B3497-C0EC-4E12-A128-DD0E5F6D0E61}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA52CF48-FF68-4605-A634-2C061906A40C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22E416EF-DD23-4C2D-A197-DC9D6F1D6425}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e14e7bf4-4f95-44c2-aaaa-c89f8a9708fc"/>
     <ds:schemaRef ds:uri="6fe35743-8a0a-485a-a5a0-73b912aa541d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA52CF48-FF68-4605-A634-2C061906A40C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D29B3497-C0EC-4E12-A128-DD0E5F6D0E61}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>state of design- manufacturer (</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>